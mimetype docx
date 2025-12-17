--- v0 (2025-10-06)
+++ v1 (2025-12-17)
@@ -114,51 +114,51 @@
     </w:p>
     <w:p w14:paraId="26BF2F65" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w:rsidRDefault="00976CDB" w:rsidP="00976CDB">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F8A09B0" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="00BC3AD5" w:rsidRDefault="00976CDB" w:rsidP="00976CDB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007060DD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA2702A" w14:textId="4FD4DAD1" w:rsidR="00976CDB" w:rsidRPr="00BC3AD5" w:rsidRDefault="00976CDB" w:rsidP="00976CDB">
+    <w:p w14:paraId="3DA2702A" w14:textId="1F73A8AE" w:rsidR="00976CDB" w:rsidRPr="00BC3AD5" w:rsidRDefault="00976CDB" w:rsidP="00976CDB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3AD5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>(Pontos, a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> KAV Vasúti Vizsgaközpont</w:t>
@@ -177,51 +177,87 @@
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>VSzER</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BC3AD5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> megfelelő függelékében alkalmazott címmel azonos megnevezés</w:t>
       </w:r>
       <w:r w:rsidR="00D0384F">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>, ahol van kódvégződéssel együtt, vizsgaazonosító</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5750">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72560">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VVK kezdetű </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0384F">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>vizsgaazonosító</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5750">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> feltüntetésével</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3AD5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BB5E330" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="0033200E" w:rsidRDefault="00976CDB" w:rsidP="0033200E">
       <w:pPr>
         <w:pStyle w:val="Cm"/>
       </w:pPr>
       <w:r w:rsidRPr="0033200E">
         <w:t>alapképzési program</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD95971" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w:rsidRDefault="00976CDB" w:rsidP="00976CDB">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C4915F2" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w:rsidRDefault="00976CDB" w:rsidP="00976CDB">
@@ -447,56 +483,62 @@
       </w:r>
       <w:r w:rsidRPr="00937936">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>.................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FFAC8B5" w14:textId="646841A9" w:rsidR="00E7538E" w:rsidRDefault="00B92EA5" w:rsidP="00B74FF7">
       <w:pPr>
         <w:pStyle w:val="Cmsor1"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">Z ALAPKÉPZÉS </w:t>
       </w:r>
       <w:r w:rsidR="00E7538E" w:rsidRPr="00DD76FD">
         <w:t>SORÁN MEGSZEREZHETŐ KOMPETENCIÁK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C0783E" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w:rsidRDefault="00976CDB" w:rsidP="00855439">
+    <w:p w14:paraId="65C0783E" w14:textId="0656B958" w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w:rsidRDefault="00976CDB" w:rsidP="00855439">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DD76FD">
-        <w:t>A képzésben résztvevő a tanfolyam befejeztével:</w:t>
+        <w:t xml:space="preserve">A képzésben résztvevő a </w:t>
+      </w:r>
+      <w:r w:rsidR="00191059">
+        <w:t>képzés</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t xml:space="preserve"> befejeztével:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23D1C462" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w:rsidRDefault="00976CDB" w:rsidP="00025A12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00DD76FD">
         <w:t>ismer</w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00082D13">
@@ -557,50 +599,96 @@
         </w:rPr>
         <w:t>........................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="302E41ED" w14:textId="77777777" w:rsidR="00E7538E" w:rsidRDefault="00976CDB" w:rsidP="00025A12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00DD76FD">
         <w:t>képes</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7538E">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>.................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768FC210" w14:textId="702104E0" w:rsidR="005B665A" w:rsidRDefault="005B665A" w:rsidP="00025A12">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:t>alkalmas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897C2F">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DECCA9" w14:textId="00418323" w:rsidR="005B665A" w:rsidRDefault="005B665A" w:rsidP="00025A12">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:t>érti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897C2F">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>........................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F228CD3" w14:textId="24D8E74D" w:rsidR="00E7538E" w:rsidRDefault="00976CDB" w:rsidP="00025A12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:t>stb.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E6EE396" w14:textId="598BFA06" w:rsidR="00E7538E" w:rsidRPr="00E7538E" w:rsidRDefault="00E7538E" w:rsidP="00E7538E">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
@@ -1522,50 +1610,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w14:paraId="7148604E" w14:textId="77777777" w:rsidTr="00AF7E63">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59F3F2D8" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="003155B5" w:rsidRDefault="00976CDB" w:rsidP="00937936">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003155B5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3199" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EB82D18" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="003155B5" w:rsidRDefault="00976CDB" w:rsidP="00937936">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003155B5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Egyéb feltételek</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1581,51 +1670,50 @@
             <w:r w:rsidRPr="00082D13">
               <w:rPr>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>....................</w:t>
             </w:r>
             <w:r w:rsidRPr="0066205D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00811D12">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>(ha van)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="00A37C29" w14:textId="0A5D985E" w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w:rsidRDefault="00E7538E" w:rsidP="00B74FF7">
       <w:pPr>
         <w:pStyle w:val="Cmsor1"/>
       </w:pPr>
       <w:r w:rsidRPr="00DD76FD">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">TERVEZETT </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE48C9">
         <w:t>KÉPZÉSI</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> IDŐ, INTENZITÁS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9007" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -2532,97 +2620,98 @@
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Mondatban megfogalmazva VAGY felsorolásban)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BC5786E" w14:textId="77777777" w:rsidR="00067660" w:rsidRDefault="00067660" w:rsidP="00025A12">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00067660">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46E0DDE9" w14:textId="5D6302ED" w:rsidR="00067660" w:rsidRPr="00067660" w:rsidRDefault="00067660" w:rsidP="00025A12">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00067660">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="160456B8" w14:textId="1BDAA4C2" w:rsidR="00C21901" w:rsidRPr="00C21901" w:rsidRDefault="00CA282D" w:rsidP="00B74FF7">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk170893519"/>
       <w:bookmarkStart w:id="4" w:name="_Hlk170893767"/>
       <w:r w:rsidRPr="00C21901">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Az </w:t>
       </w:r>
       <w:r w:rsidR="001D5A7C">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00C21901">
         <w:t>…………… ismeretek” oktatóival sz</w:t>
       </w:r>
       <w:r w:rsidR="00C21901">
         <w:t>emben támasztott követelmények:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="5C80CE2C" w14:textId="5B73C743" w:rsidR="0066205D" w:rsidRDefault="0066205D" w:rsidP="0066205D">
-      <w:pPr>
+    <w:p w14:paraId="5C80CE2C" w14:textId="5B73C743" w:rsidR="0066205D" w:rsidRDefault="0066205D" w:rsidP="00DE1291">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>..................</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE0537">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
@@ -3179,99 +3268,99 @@
         <w:t xml:space="preserve"> jóváhagyási szám</w:t>
       </w:r>
       <w:r w:rsidR="00950BCE" w:rsidRPr="00BE0537">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>mal</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE0537">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B34406" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="00A902CA" w:rsidRDefault="00CA282D" w:rsidP="00B74FF7">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00976CDB" w:rsidRPr="004C14F0">
         <w:t>jánlott további szakirodalom:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53456482" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRDefault="00976CDB" w:rsidP="00025A12">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="282DB043" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="00897C2F" w:rsidRDefault="00976CDB" w:rsidP="00025A12">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="7BCFB66E" w14:textId="17EA3126" w:rsidR="00976CDB" w:rsidRPr="00976CDB" w:rsidRDefault="00E7538E" w:rsidP="00B74FF7">
       <w:pPr>
         <w:pStyle w:val="Cmsor1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00B92EA5">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">Z ALAPKÉPZÉS </w:t>
       </w:r>
       <w:r>
         <w:t>FOLYAMATA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A968DB9" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRDefault="00976CDB" w:rsidP="00976CDB">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00082D13">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>.......................</w:t>
@@ -3390,50 +3479,67 @@
         <w:t>a konkrét képzésre vona</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="007C1E36">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>kozóan</w:t>
       </w:r>
       <w:r w:rsidR="00C4664A">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59709D55" w14:textId="0F949B79" w:rsidR="00596162" w:rsidRDefault="00596162" w:rsidP="00976CDB">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A képzés folyamatának leírása, az egymással összefüggő témakörök függéseinek megjelenítése, a képzés sajátosságainak megfogalmazása, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC7E479" w14:textId="130B6797" w:rsidR="00976CDB" w:rsidRPr="007C1E36" w:rsidRDefault="00C4664A" w:rsidP="00976CDB">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>Online elméleti órák, illetve zárt rendszerű akkreditált távoktatási rendszer és tananyagok használata esetén ezek módszertani alkalmazásának leírása, az ilyen órák integrálásának módszere a hagyományos jelenléti oktatásba.</w:t>
       </w:r>
       <w:r w:rsidR="00976CDB" w:rsidRPr="007C1E36">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
@@ -3729,68 +3835,122 @@
               <w:rPr>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>………….</w:t>
             </w:r>
             <w:r w:rsidR="00976CDB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00976CDB" w:rsidRPr="00FF4384">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>(pl. 10 elméleti)</w:t>
             </w:r>
             <w:r w:rsidR="00976CDB" w:rsidRPr="00DD76FD">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">óránként </w:t>
             </w:r>
             <w:r w:rsidR="00FF4384">
               <w:t>írásbeli ellenőrző feladat;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E84E369" w14:textId="36D7E951" w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w:rsidRDefault="00FF4384" w:rsidP="00025A12">
+          <w:p w14:paraId="4A8657DB" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRDefault="00FF4384" w:rsidP="00025A12">
             <w:pPr>
               <w:pStyle w:val="Listaszerbekezds"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="337"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">a vizsga szóbeli részének módszertani felkészítése céljából </w:t>
             </w:r>
             <w:r w:rsidR="00DD11CF">
               <w:t xml:space="preserve">alkalmanként </w:t>
             </w:r>
             <w:r>
               <w:t>szóbeli feleletek.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E84E369" w14:textId="5CDC3C30" w:rsidR="00FB5750" w:rsidRPr="00DD76FD" w:rsidRDefault="00FB5750" w:rsidP="00FB5750">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-23"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">A Kiegészítő </w:t>
+            </w:r>
+            <w:r w:rsidR="000C4014">
+              <w:t xml:space="preserve">ismeretekhez tartozó </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">témakörökben témakörönként legalább </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF4384">
+              <w:rPr>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>………….</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF4384">
+              <w:rPr>
+                <w:i/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>(pl. 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF4384">
+              <w:rPr>
+                <w:i/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>db írásbeli számonkérés.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w14:paraId="2624EEB6" w14:textId="77777777" w:rsidTr="00B74FF7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="845" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40DF59E2" w14:textId="78FA04E6" w:rsidR="00976CDB" w:rsidRPr="003155B5" w:rsidRDefault="00B74FF7" w:rsidP="00025A12">
             <w:pPr>
               <w:pStyle w:val="Listaszerbekezds"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="18"/>
               <w:rPr>
@@ -3853,50 +4013,51 @@
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="845" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71E68791" w14:textId="5EEF38A9" w:rsidR="00976CDB" w:rsidRPr="003155B5" w:rsidRDefault="00B74FF7" w:rsidP="00025A12">
             <w:pPr>
               <w:pStyle w:val="Listaszerbekezds"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="18"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003155B5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33EBC282" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="003155B5" w:rsidRDefault="00976CDB" w:rsidP="00067660">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003155B5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>A felnőttek tudásszintjének ellenőrzésére szolgáló módszer(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003155B5">
@@ -4065,51 +4226,50 @@
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="845" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7568F64D" w14:textId="472AAF91" w:rsidR="00976CDB" w:rsidRPr="003155B5" w:rsidRDefault="00B74FF7" w:rsidP="00025A12">
             <w:pPr>
               <w:pStyle w:val="Listaszerbekezds"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="18"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003155B5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>11.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56BDDE0F" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="003155B5" w:rsidRDefault="00976CDB" w:rsidP="00067660">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003155B5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Megszerezhető minősítésekhez tartozó követelményszintek</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4891,50 +5051,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w14:paraId="548F691A" w14:textId="77777777" w:rsidTr="00B74FF7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="845" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04E8717D" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="003155B5" w:rsidRDefault="00976CDB" w:rsidP="00B74FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003155B5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="008F6F1E" w:rsidRPr="003155B5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003155B5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64567BE2" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="003155B5" w:rsidRDefault="00976CDB" w:rsidP="00B74FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
@@ -5025,59 +5186,68 @@
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CA7C807" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="003155B5" w:rsidRDefault="00976CDB" w:rsidP="00B74FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003155B5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>A sikertelen teljesítés következménye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5264" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="059C019E" w14:textId="77777777" w:rsidR="00FA09AE" w:rsidRDefault="00FA09AE" w:rsidP="00B74FF7">
+          <w:p w14:paraId="059C019E" w14:textId="43E28AC5" w:rsidR="00FA09AE" w:rsidRDefault="00FA09AE" w:rsidP="00B74FF7">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>A sikertelen alapvizsga után a</w:t>
+              <w:t>A sikertelen alapvizsga után</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE1291">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> a</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD76FD">
               <w:t xml:space="preserve"> javítóvizsga előtt </w:t>
+            </w:r>
+            <w:r w:rsidR="000C4014">
+              <w:t xml:space="preserve">legalább </w:t>
             </w:r>
             <w:r w:rsidRPr="00E856A2">
               <w:rPr>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E856A2">
               <w:rPr>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>…….</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00E856A2">
               <w:rPr>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
@@ -5110,51 +5280,50 @@
               <w:t xml:space="preserve">Vasúti Vizsgaközpont Vizsgaszabályzat és </w:t>
             </w:r>
             <w:r w:rsidR="008F6F1E">
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00976CDB" w:rsidRPr="00DD76FD">
               <w:t xml:space="preserve">ljárási </w:t>
             </w:r>
             <w:r w:rsidR="008F6F1E">
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:t>endje szerint tehető.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0FE13630" w14:textId="47AECDCC" w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w:rsidRDefault="00B74FF7" w:rsidP="00B74FF7">
       <w:pPr>
         <w:pStyle w:val="Cmsor1"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Hlk170895378"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00DD76FD">
-        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00B92EA5">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">Z ALAPKÉPZÉS </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t>ELVÉGZÉSÉT IGAZOLÓ OKIRAT</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9758" w:type="dxa"/>
         <w:tblInd w:w="411" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -6628,130 +6797,115 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00520B89">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2392D1AD" w14:textId="77777777" w:rsidR="00814B11" w:rsidRDefault="00814B11" w:rsidP="00A20957">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00814B11">
+        <w:lastRenderedPageBreak/>
         <w:t>A HATÓSÁGI VIZSGÁHOZ ELŐÍRT TÉTELES ISMERETANYAG ÉS A HATÓSÁGI VIZSGAKÉRDÉSEK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75FFB563" w14:textId="231C31E9" w:rsidR="00814B11" w:rsidRPr="00773DEF" w:rsidRDefault="00814B11" w:rsidP="00A20957">
+    <w:p w14:paraId="75FFB563" w14:textId="2BF39EEB" w:rsidR="00814B11" w:rsidRPr="00773DEF" w:rsidRDefault="00814B11" w:rsidP="00A20957">
       <w:pPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00773DEF">
         <w:t xml:space="preserve">A hatósági vizsgához előírt tételes ismeretanyag </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">és hatósági vizsgakérdések </w:t>
+        <w:t xml:space="preserve">és </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4014">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">hatósági vizsgakérdések </w:t>
       </w:r>
       <w:r w:rsidRPr="00773DEF">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">KAV Vizsgaszabályzat és Eljárási Rend Függelékében a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C4664A">
+        <w:t xml:space="preserve">KAV </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5750">
+        <w:t xml:space="preserve">Vasúti Vizsgaközpont </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Vizsgaszabályzat és Eljárási Rend Függelékében a </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7B09">
+        <w:t>VVK-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7B09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>……….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61118">
         <w:rPr>
           <w:iCs/>
-          <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t>………… vizsgaazonosítójú alapvizsgához / …</w:t>
-[...41 lines deleted...]
-        <w:t>(a megfelelő szöveg alkalmazandó attól függően, hogy van-e függelékszám, vagy csak vizsgaazonosító van)</w:t>
+        <w:t xml:space="preserve"> számú, a képzési program címében és élőfejében azonosított alapvizsgához tartozó függelékében</w:t>
       </w:r>
       <w:r w:rsidRPr="00773DEF">
         <w:t xml:space="preserve"> található</w:t>
       </w:r>
       <w:r>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00773DEF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DDE9A50" w14:textId="77777777" w:rsidR="00814B11" w:rsidRDefault="00814B11" w:rsidP="00814B11">
+    <w:p w14:paraId="6DDE9A50" w14:textId="27F55F76" w:rsidR="00814B11" w:rsidRDefault="00814B11" w:rsidP="00814B11">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00773DEF">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">Itt kell megadni a képzési program címének megfelelő (azonos elnevezésű) alapvizsgához tartozó ismeretanyagot </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">és a hatósági vizsgakérdéseket </w:t>
       </w:r>
       <w:r w:rsidRPr="00773DEF">
         <w:rPr>
@@ -6772,50 +6926,60 @@
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>azonosítójú</w:t>
       </w:r>
       <w:r w:rsidRPr="00773DEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> KAV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00DE1291">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VVK </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>VSzER</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00773DEF">
         <w:rPr>
           <w:b/>
@@ -6837,51 +7001,50 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FD2D8F0" w14:textId="78B73100" w:rsidR="00814B11" w:rsidRPr="00773DEF" w:rsidRDefault="00814B11" w:rsidP="00814B11">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>Igény esetén az ismeretanyag és/vagy a hatósági vizsgakérdések itt tételesen is feltüntethetők, azonban ez az eljárás a függelék esetleges változásakor a KP felülvizsgálatát igényli.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49ED0EA1" w14:textId="46F20154" w:rsidR="00925790" w:rsidRDefault="00976CDB" w:rsidP="00B74FF7">
       <w:pPr>
         <w:pStyle w:val="Cmsor2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DD76FD">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>„............................”</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>témakör</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007369EE">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">részletes </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t>óraterve</w:t>
@@ -8631,50 +8794,51 @@
         </w:rPr>
         <w:t>.....................</w:t>
       </w:r>
       <w:r>
         <w:t>témakör oktatásának követelménye, hogy:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C71946">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>........................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="290CD11C" w14:textId="1F4B37CD" w:rsidR="00976CDB" w:rsidRPr="007369EE" w:rsidRDefault="00976CDB" w:rsidP="001F33A3">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007369EE">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00520B89" w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>„............................”</w:t>
       </w:r>
       <w:r w:rsidR="00520B89" w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007369EE">
         <w:t>témakör által megszerezhető kompetenciák:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BBED7AA" w14:textId="1503A9B4" w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w:rsidRDefault="00976CDB" w:rsidP="00976CDB">
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve">A képzésben résztvevő a </w:t>
       </w:r>
       <w:r>
         <w:t>témakör</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> oktatásának végeztével:</w:t>
       </w:r>
@@ -8694,245 +8858,326 @@
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">et hivatott </w:t>
       </w:r>
       <w:r w:rsidR="00AC4EB1">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>ez a</w:t>
       </w:r>
       <w:r w:rsidR="004F7C9A">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> témakör megadni</w:t>
       </w:r>
       <w:r w:rsidR="007369EE" w:rsidRPr="00400175">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13649351" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRPr="00DD76FD" w:rsidRDefault="00976CDB" w:rsidP="00025A12">
+    <w:p w14:paraId="68F38DD5" w14:textId="77777777" w:rsidR="005B665A" w:rsidRPr="00DD76FD" w:rsidRDefault="005B665A" w:rsidP="005B665A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t>ismer</w:t>
+      </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
-        <w:t xml:space="preserve">smeri </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00897C2F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082D13">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t>..................</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="147435F6" w14:textId="77777777" w:rsidR="00976CDB" w:rsidRDefault="00976CDB" w:rsidP="00025A12">
+        <w:t>...................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62951BE3" w14:textId="77777777" w:rsidR="005B665A" w:rsidRPr="00DD76FD" w:rsidRDefault="005B665A" w:rsidP="005B665A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t>tévesztés nélkül ismer</w:t>
+      </w:r>
       <w:r>
-        <w:t>t</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">évesztés nélkül ismeri </w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t>.................</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="621689BF" w14:textId="77777777" w:rsidR="0083583F" w:rsidRDefault="0083583F" w:rsidP="00025A12">
+        <w:t>.....................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5BC8CE" w14:textId="77777777" w:rsidR="005B665A" w:rsidRPr="00DD76FD" w:rsidRDefault="005B665A" w:rsidP="005B665A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t xml:space="preserve">tisztában </w:t>
+      </w:r>
       <w:r>
-        <w:t>képes</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3FFDD9D6" w14:textId="112BC940" w:rsidR="00976CDB" w:rsidRDefault="00976CDB" w:rsidP="00025A12">
+        <w:t>van</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897C2F">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15334B8C" w14:textId="77777777" w:rsidR="005B665A" w:rsidRDefault="005B665A" w:rsidP="005B665A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t>képes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7538E">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE602FD" w14:textId="77777777" w:rsidR="005B665A" w:rsidRDefault="005B665A" w:rsidP="005B665A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:t>alkalmas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897C2F">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720D8889" w14:textId="77777777" w:rsidR="005B665A" w:rsidRDefault="005B665A" w:rsidP="005B665A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:t>érti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897C2F">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFDD9D6" w14:textId="112BC940" w:rsidR="00976CDB" w:rsidRDefault="00976CDB" w:rsidP="00025A12">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
       <w:r>
         <w:t>stb.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200A8CD2" w14:textId="134259F3" w:rsidR="002562D2" w:rsidRPr="002562D2" w:rsidRDefault="002562D2" w:rsidP="00EF5CC2">
+    <w:p w14:paraId="200A8CD2" w14:textId="6352B591" w:rsidR="002562D2" w:rsidRPr="002562D2" w:rsidRDefault="002562D2" w:rsidP="00EF5CC2">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Hlk171949992"/>
       <w:r w:rsidRPr="001F33A3">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>„............................”</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F33A3">
-        <w:t>témakör</w:t>
+        <w:t xml:space="preserve">témakör </w:t>
       </w:r>
       <w:r w:rsidR="00EF5CC2">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">nem a hatósági vizsga tárgyát képező </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>ismeret</w:t>
       </w:r>
       <w:r w:rsidR="00EF5CC2">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:t xml:space="preserve">nem a hatósági vizsga tárgyát képező </w:t>
+        <w:t>anyagána</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:t>ismeret</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>k felsorolása</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B0BE2B" w14:textId="18AF6960" w:rsidR="009D6833" w:rsidRPr="00D61118" w:rsidRDefault="009D6833" w:rsidP="00A20957">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="hu-HU"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t>(A közlekedésbiztonsággal összefüggő témakörök esetén a hatósági vizsga ismeretanyagán felül oktatandó tudásanyagot kell itt feltüntetni (pl. vasúti társasági, pályahálózatműködtetői belső utasítások, vagy a hatósági vizsga tárgyát képező ismeretanyagot megalapozó forgalmi/műszaki ismeretek).)</w:t>
+        <w:t>A közlekedésbiztonsággal összefüggő témakörök esetén a hatósági vizsga ismeretanyagán felül oktatandó tudásanyagot kell itt feltüntetni (pl. vasúti társasági, pályahálózatműködtetői belső utasítások, vagy a hatósági vizsga tárgyát képező ismeretanyagot megalapozó forgalmi/műszaki ismeretek).)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56EFDFDF" w14:textId="0B3CC838" w:rsidR="002562D2" w:rsidRPr="0013694A" w:rsidRDefault="002562D2" w:rsidP="002562D2">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">A kiegészítő, tehát nem hatósági vizsgával záruló témakörök esetén ITT KELL meghatározni az </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77C35" w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> meghatározni az </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>ismeretanyagokat</w:t>
       </w:r>
-      <w:r w:rsidRPr="0013694A">
-        <w:rPr>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B6C6479" w14:textId="77777777" w:rsidR="002562D2" w:rsidRDefault="002562D2" w:rsidP="002562D2">
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18575678" w14:textId="77777777" w:rsidR="002562D2" w:rsidRDefault="002562D2" w:rsidP="002562D2">
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p w14:paraId="40401AFD" w14:textId="06A51BFF" w:rsidR="00DC044C" w:rsidRPr="001F33A3" w:rsidRDefault="00DC044C" w:rsidP="00EF5CC2">
       <w:pPr>
@@ -9332,50 +9577,51 @@
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> A t</w:t>
       </w:r>
       <w:r w:rsidR="007008F5" w:rsidRPr="00404345">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>émakörökhöz nincs az óraszámtáblázato</w:t>
       </w:r>
       <w:r w:rsidRPr="00404345">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>n kívül más belső információ, minden részlet a témakörön belüli tantárgyakhoz tartozóan jelenik meg.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BA4A72E" w14:textId="0900B2E0" w:rsidR="00976CDB" w:rsidRPr="001951D4" w:rsidRDefault="00976CDB" w:rsidP="00B74FF7">
       <w:pPr>
         <w:pStyle w:val="Cmsor2"/>
       </w:pPr>
       <w:r w:rsidRPr="001951D4">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>„.............................”</w:t>
       </w:r>
       <w:r w:rsidRPr="001951D4">
         <w:t xml:space="preserve"> témakör </w:t>
       </w:r>
       <w:r w:rsidR="007B3740">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>tantárgyak szerinti óraterve</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8599" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -10975,51 +11221,50 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00520B89">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="696BD708" w14:textId="09D7C278" w:rsidR="007008F5" w:rsidRPr="001F33A3" w:rsidRDefault="007008F5" w:rsidP="001F33A3">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="001F33A3">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00520B89" w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>„............................”</w:t>
       </w:r>
       <w:r w:rsidR="00520B89" w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00032825" w:rsidRPr="001F33A3">
         <w:t>tantárgy</w:t>
       </w:r>
       <w:r w:rsidRPr="001F33A3">
         <w:t xml:space="preserve"> oktatásának célja:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="692549C3" w14:textId="6684B3B2" w:rsidR="007008F5" w:rsidRPr="00DD76FD" w:rsidRDefault="007008F5" w:rsidP="007008F5">
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
@@ -11151,249 +11396,344 @@
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">et hivatott ezen </w:t>
       </w:r>
       <w:r w:rsidR="00032825">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>tantárgy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> megadni</w:t>
       </w:r>
       <w:r w:rsidRPr="00400175">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661EAC6D" w14:textId="77777777" w:rsidR="007008F5" w:rsidRPr="00DD76FD" w:rsidRDefault="007008F5" w:rsidP="00025A12">
+    <w:p w14:paraId="4E384816" w14:textId="77777777" w:rsidR="005B665A" w:rsidRPr="00DD76FD" w:rsidRDefault="005B665A" w:rsidP="005B665A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t>ismer</w:t>
+      </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
-        <w:t xml:space="preserve">smeri </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00897C2F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082D13">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t>..................</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41C9BFF8" w14:textId="77777777" w:rsidR="007008F5" w:rsidRDefault="007008F5" w:rsidP="00025A12">
+        <w:t>...................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60326249" w14:textId="77777777" w:rsidR="005B665A" w:rsidRPr="00DD76FD" w:rsidRDefault="005B665A" w:rsidP="005B665A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t>tévesztés nélkül ismer</w:t>
+      </w:r>
       <w:r>
-        <w:t>t</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">évesztés nélkül ismeri </w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t>.................</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="73D655EC" w14:textId="77777777" w:rsidR="007008F5" w:rsidRDefault="007008F5" w:rsidP="00025A12">
+        <w:t>.....................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F172C0" w14:textId="77777777" w:rsidR="005B665A" w:rsidRPr="00DD76FD" w:rsidRDefault="005B665A" w:rsidP="005B665A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t xml:space="preserve">tisztában </w:t>
+      </w:r>
+      <w:r>
+        <w:t>van</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897C2F">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54CBD643" w14:textId="77777777" w:rsidR="005B665A" w:rsidRDefault="005B665A" w:rsidP="005B665A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t>képes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7538E">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE7B01E" w14:textId="77777777" w:rsidR="005B665A" w:rsidRDefault="005B665A" w:rsidP="005B665A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:t>alkalmas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897C2F">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="155C3855" w14:textId="77777777" w:rsidR="005B665A" w:rsidRDefault="005B665A" w:rsidP="005B665A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:t>érti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897C2F">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D655EC" w14:textId="77777777" w:rsidR="007008F5" w:rsidRDefault="007008F5" w:rsidP="00025A12">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
       <w:r>
         <w:t>stb.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0C3384" w14:textId="42A69A60" w:rsidR="00A77C35" w:rsidRPr="002562D2" w:rsidRDefault="00A77C35" w:rsidP="00EF5CC2">
+    <w:p w14:paraId="1B0C3384" w14:textId="602D0F66" w:rsidR="00A77C35" w:rsidRPr="002562D2" w:rsidRDefault="00A77C35" w:rsidP="00EF5CC2">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F33A3">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>„............................”</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>tantárgy</w:t>
       </w:r>
-      <w:r w:rsidR="00EF5CC2">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="001F33A3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF5CC2">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>nem a hatósági vizsga tárgyát képező ismeretanyagának</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> felsorolása</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0782EBAB" w14:textId="1EFDF86E" w:rsidR="0083583F" w:rsidRDefault="0083583F" w:rsidP="0083583F">
+    <w:p w14:paraId="0782EBAB" w14:textId="1EFDF86E" w:rsidR="0083583F" w:rsidRPr="00D61118" w:rsidRDefault="0083583F" w:rsidP="0083583F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t>(A közlekedésbiztonsággal összefüggő témakörök</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
+        <w:t>A közlekedésbiztonsággal összefüggő témakörök</w:t>
+      </w:r>
+      <w:r w:rsidR="00814B11" w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> tantárgyai</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> esetén a hatósági vizsga ismeretanyagán felül oktatandó tudásanyagot kell itt feltüntetni (pl. vasúti társasági, pályahálózatműködtetői belső utasítások, vagy a hatósági vizsga tárgyát képező ismeretanyagot megalapozó forgalmi/műszaki ismeretek).)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4497BA04" w14:textId="5AC4BE48" w:rsidR="0083583F" w:rsidRPr="0013694A" w:rsidRDefault="0083583F" w:rsidP="0083583F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4497BA04" w14:textId="5AC4BE48" w:rsidR="0083583F" w:rsidRPr="00D61118" w:rsidRDefault="0083583F" w:rsidP="0083583F">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A kiegészítő, tehát nem hatósági vizsgával záruló témakörök </w:t>
       </w:r>
-      <w:r w:rsidR="00814B11">
-        <w:rPr>
+      <w:r w:rsidR="00814B11" w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">tantárgyai </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t>esetén ITT KELL</w:t>
-[...20 lines deleted...]
-        <w:t>.)</w:t>
+        <w:t>esetén ITT KELL meghatározni az ismeretanyagokat.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="170A5DBC" w14:textId="77777777" w:rsidR="00A77C35" w:rsidRDefault="00A77C35" w:rsidP="00A77C35">
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BAAFD2" w14:textId="77777777" w:rsidR="00A77C35" w:rsidRDefault="00A77C35" w:rsidP="00A77C35">
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FA7DC3D" w14:textId="1F82CCC1" w:rsidR="007008F5" w:rsidRPr="00ED0BA0" w:rsidRDefault="007008F5" w:rsidP="00EF5CC2">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
@@ -11450,63 +11790,99 @@
         </w:rPr>
         <w:t xml:space="preserve">a hatósági vizsga </w:t>
       </w:r>
       <w:r w:rsidR="00EF5CC2">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>tárgyát képező</w:t>
       </w:r>
       <w:r w:rsidR="003721F6">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED0BA0">
         <w:t>kérdése</w:t>
       </w:r>
       <w:r w:rsidR="00ED0BA0">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF7DB33" w14:textId="77777777" w:rsidR="0083583F" w:rsidRPr="0013694A" w:rsidRDefault="0083583F" w:rsidP="0083583F">
+    <w:p w14:paraId="4CF7DB33" w14:textId="3BB49A2A" w:rsidR="0083583F" w:rsidRPr="0013694A" w:rsidRDefault="0083583F" w:rsidP="0083583F">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t>(Az előző alcímhez tartozó ismeretanyag ellenőrző kérdéseit kell itt feltüntetni</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6AD5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>E tantárgynak nem a hatósági vizsga tárgyát képező</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ismeretanyag</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6AD5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>ának</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ellenőrző kérdéseit kell itt feltüntetni</w:t>
       </w:r>
       <w:r w:rsidRPr="0013694A">
         <w:rPr>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F71F0A4" w14:textId="77777777" w:rsidR="007008F5" w:rsidRDefault="007008F5" w:rsidP="007008F5">
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11299F5E" w14:textId="77777777" w:rsidR="007008F5" w:rsidRDefault="007008F5" w:rsidP="007008F5">
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
     </w:p>
@@ -12358,102 +12734,96 @@
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>.....................</w:t>
       </w:r>
       <w:r w:rsidR="00520B89">
         <w:t xml:space="preserve"> tantárgy</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> oktatásának a célja, hogy:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C71946">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>........................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C438648" w14:textId="1F971D76" w:rsidR="00032825" w:rsidRDefault="00032825" w:rsidP="001F33A3">
+    <w:p w14:paraId="0C438648" w14:textId="1A8B1C7F" w:rsidR="00032825" w:rsidRDefault="00032825" w:rsidP="001F33A3">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007369EE">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00520B89" w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>„............................”</w:t>
       </w:r>
       <w:r w:rsidR="00520B89" w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F33A3">
         <w:t>tantárgy</w:t>
       </w:r>
       <w:r w:rsidRPr="007369EE">
         <w:t xml:space="preserve"> oktatásának követelménye:</w:t>
       </w:r>
       <w:r w:rsidRPr="001F33A3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="15833A8C" w14:textId="26960832" w:rsidR="00032825" w:rsidRPr="00DD76FD" w:rsidRDefault="00032825" w:rsidP="00032825">
+    </w:p>
+    <w:p w14:paraId="15833A8C" w14:textId="7A1B318D" w:rsidR="00032825" w:rsidRPr="00DD76FD" w:rsidRDefault="00032825" w:rsidP="00032825">
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>.....................</w:t>
       </w:r>
       <w:r w:rsidR="00520B89">
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> tantárg</w:t>
+      </w:r>
+      <w:r w:rsidR="00700461">
+        <w:t>y</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> oktatásának követelménye, hogy:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C71946">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>........................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6669BDC9" w14:textId="3149765C" w:rsidR="00032825" w:rsidRPr="007369EE" w:rsidRDefault="00032825" w:rsidP="001F33A3">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007369EE">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00520B89" w:rsidRPr="00897C2F">
@@ -12484,331 +12854,549 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00400175">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>(itt kell meghatározni, hogy a vizsgakövetelmények közül melyek</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>et hivatott ezen tantárgy megadni</w:t>
       </w:r>
       <w:r w:rsidRPr="00400175">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AABFE1D" w14:textId="77777777" w:rsidR="00032825" w:rsidRPr="00DD76FD" w:rsidRDefault="00032825" w:rsidP="00025A12">
+    <w:p w14:paraId="7974EA68" w14:textId="77777777" w:rsidR="005B665A" w:rsidRPr="00DD76FD" w:rsidRDefault="005B665A" w:rsidP="005B665A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t>ismer</w:t>
+      </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
-        <w:t xml:space="preserve">smeri </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00897C2F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082D13">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t>..................</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="13408664" w14:textId="77777777" w:rsidR="00032825" w:rsidRDefault="00032825" w:rsidP="00025A12">
+        <w:t>...................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15519FEE" w14:textId="77777777" w:rsidR="005B665A" w:rsidRPr="00DD76FD" w:rsidRDefault="005B665A" w:rsidP="005B665A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t>tévesztés nélkül ismer</w:t>
+      </w:r>
       <w:r>
-        <w:t>t</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">évesztés nélkül ismeri </w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t>.................</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D705FD4" w14:textId="77777777" w:rsidR="00032825" w:rsidRDefault="00032825" w:rsidP="00025A12">
+        <w:t>.....................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77712295" w14:textId="77777777" w:rsidR="005B665A" w:rsidRPr="00DD76FD" w:rsidRDefault="005B665A" w:rsidP="005B665A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t xml:space="preserve">tisztában </w:t>
+      </w:r>
+      <w:r>
+        <w:t>van</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897C2F">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A48A604" w14:textId="77777777" w:rsidR="005B665A" w:rsidRDefault="005B665A" w:rsidP="005B665A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD76FD">
+        <w:t>képes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7538E">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6015B2E7" w14:textId="77777777" w:rsidR="005B665A" w:rsidRDefault="005B665A" w:rsidP="005B665A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:t>alkalmas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897C2F">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7D44C0" w14:textId="77777777" w:rsidR="005B665A" w:rsidRDefault="005B665A" w:rsidP="005B665A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:t>érti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897C2F">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D705FD4" w14:textId="77777777" w:rsidR="00032825" w:rsidRDefault="00032825" w:rsidP="00025A12">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
       <w:r>
         <w:t>stb.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0705A3A1" w14:textId="77777777" w:rsidR="00F833AA" w:rsidRPr="002562D2" w:rsidRDefault="00F833AA" w:rsidP="00F833AA">
+    <w:p w14:paraId="0705A3A1" w14:textId="7DD78469" w:rsidR="00F833AA" w:rsidRPr="002562D2" w:rsidRDefault="00F833AA" w:rsidP="00F833AA">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F33A3">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>„............................”</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>tantárgy</w:t>
       </w:r>
       <w:r w:rsidRPr="001F33A3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="004D19CC">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>nem</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:t>oktatásához a hatósági vizsgához előírt ismeretanyagon felül meghatározott, további ismeretek felsorolása</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="021098E0" w14:textId="082C55D9" w:rsidR="0083583F" w:rsidRDefault="0083583F" w:rsidP="0083583F">
+        <w:t xml:space="preserve"> a hatósági vizsg</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7409">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7409">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>tárgyát képező</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ismeretanyag</w:t>
+      </w:r>
+      <w:r w:rsidR="004D19CC">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="004D19CC">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> felsorolása</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021098E0" w14:textId="082C55D9" w:rsidR="0083583F" w:rsidRPr="00D61118" w:rsidRDefault="0083583F" w:rsidP="0083583F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t xml:space="preserve">(A közlekedésbiztonsággal összefüggő témakörök </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
+        <w:t xml:space="preserve">A közlekedésbiztonsággal összefüggő témakörök </w:t>
+      </w:r>
+      <w:r w:rsidR="00814B11" w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
         <w:t xml:space="preserve">tantárgyai </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t>esetén a hatósági vizsga ismeretanyagán felül oktatandó tudásanyagot kell itt feltüntetni (pl. vasúti társasági, pályahálózatműködtetői belső utasítások, vagy a hatósági vizsga tárgyát képező ismeretanyagot megalapozó forgalmi/műszaki ismeretek).)</w:t>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">esetén a hatósági vizsga ismeretanyagán felül oktatandó tudásanyagot kell itt feltüntetni (pl. vasúti társasági, pályahálózatműködtetői belső </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>utasítások, vagy a hatósági vizsga tárgyát képező ismeretanyagot megalapozó forgalmi/műszaki ismeretek).)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C57D00" w14:textId="4AD2FDCE" w:rsidR="0083583F" w:rsidRPr="00D61118" w:rsidRDefault="0083583F" w:rsidP="0083583F">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
         <w:t xml:space="preserve">A kiegészítő, tehát nem hatósági vizsgával záruló témakörök </w:t>
       </w:r>
-      <w:r w:rsidR="00814B11">
-        <w:rPr>
+      <w:r w:rsidR="00814B11" w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">tantárgyai </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t>esetén ITT KELL</w:t>
-[...20 lines deleted...]
-        <w:t>.)</w:t>
+        <w:t>esetén ITT KELL meghatározni az ismeretanyagokat.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F97650" w14:textId="77777777" w:rsidR="00F833AA" w:rsidRDefault="00F833AA" w:rsidP="00F833AA">
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E3CA804" w14:textId="77777777" w:rsidR="00F833AA" w:rsidRDefault="00F833AA" w:rsidP="00F833AA">
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E37031A" w14:textId="6916FC0C" w:rsidR="00032825" w:rsidRPr="00ED0BA0" w:rsidRDefault="00032825" w:rsidP="001F33A3">
+    <w:p w14:paraId="1E37031A" w14:textId="6631D7BC" w:rsidR="00032825" w:rsidRPr="00ED0BA0" w:rsidRDefault="00032825" w:rsidP="001F33A3">
       <w:pPr>
         <w:pStyle w:val="Cmsor3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC044C">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00520B89" w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>„............................”</w:t>
       </w:r>
       <w:r w:rsidR="00520B89" w:rsidRPr="00DD76FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F33A3">
-        <w:t xml:space="preserve">tantárgy folyamatközi ellenőrzéshez alkalmazandó </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003721F6">
+        <w:t>tantárgy folyamatközi ellenőrzés</w:t>
+      </w:r>
+      <w:r w:rsidR="008F607A">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F33A3">
+        <w:t>hez alkalmazandó</w:t>
+      </w:r>
+      <w:r w:rsidR="004D19CC">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F33A3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D19CC">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nem </w:t>
+      </w:r>
+      <w:r w:rsidR="00F833AA">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a hatósági vizsga </w:t>
+      </w:r>
+      <w:r w:rsidR="004D19CC">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>tárgyát képező</w:t>
+      </w:r>
+      <w:r w:rsidR="006E21FC">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F33A3">
+        <w:t>kérdése</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0BA0">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06227518" w14:textId="55E42884" w:rsidR="0083583F" w:rsidRPr="00D61118" w:rsidRDefault="0083583F" w:rsidP="0083583F">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00F833AA">
-[...26 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="008F607A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>E tantárgynak nem a hatósági vizsga tárgyát képező</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t>(Az előző alcímhez tartozó ismeretanyag ellenőrző kérdéseit kell itt feltüntetni</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> ismeretanyag</w:t>
+      </w:r>
+      <w:r w:rsidR="008F607A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t>.)</w:t>
+        <w:t>ának</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61118">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ellenőrző kérdéseit kell itt feltüntetni.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A6EFF8F" w14:textId="77777777" w:rsidR="00032825" w:rsidRDefault="00032825" w:rsidP="00032825">
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F4F02C5" w14:textId="0AEA408E" w:rsidR="00032825" w:rsidRDefault="00032825" w:rsidP="00032825">
       <w:r w:rsidRPr="00897C2F">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04240F25" w14:textId="6C36B64E" w:rsidR="00976CDB" w:rsidRPr="001F33A3" w:rsidRDefault="001F33A3" w:rsidP="00B74FF7">
       <w:pPr>
         <w:pStyle w:val="Cmsor1"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Hlk170895942"/>
       <w:r w:rsidRPr="001F33A3">
         <w:t>A HATÓSÁGI VIZSG</w:t>
@@ -12844,285 +13432,308 @@
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidRPr="001F33A3">
         <w:t>MI</w:t>
       </w:r>
       <w:r w:rsidRPr="001F33A3">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="001F33A3">
         <w:t>ŐSÍTÉS KÖVETELMÉNYRENDSZERE</w:t>
       </w:r>
       <w:r w:rsidR="007F7FD1">
         <w:rPr>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> VIZSGATEVÉKENYSÉGENKÉNT</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p w14:paraId="2B596A1A" w14:textId="0EE31F1E" w:rsidR="0033200E" w:rsidRPr="0033200E" w:rsidRDefault="00976CDB" w:rsidP="0033200E">
+    <w:p w14:paraId="2B596A1A" w14:textId="4F420DEF" w:rsidR="0033200E" w:rsidRPr="0033200E" w:rsidRDefault="00976CDB" w:rsidP="0033200E">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE77CD">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00836A6D">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> KAV</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE77CD">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D19CC">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vasúti Vizsgaközpont </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CE77CD">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>VSzER</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CE77CD">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> megfelelő függelékében található, azzal megegyező tartalom és forma, tehát: </w:t>
       </w:r>
       <w:r w:rsidR="00032825">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE77CD">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">de a Vizsgaszabályzat és Eljárási Rend Függelékei közül a megnevezésnek megfelelő függelékhez tartozó </w:t>
+        <w:t>de a Vizsgaszabályzat és Eljárási Rend Függelékei közül a</w:t>
+      </w:r>
+      <w:r w:rsidR="00700461">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>z alapképzés</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE77CD">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> megnevezésnek megfelelő függelékhez tartozó </w:t>
       </w:r>
       <w:r w:rsidR="00032825">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">vizsgatevékenységek </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE77CD">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>módszertan</w:t>
       </w:r>
       <w:r w:rsidR="00032825">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">ának és a hozzá tartozó „Megfelelt” minősítés követelményrendszerének </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE77CD">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>leírása szükséges.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0033200E" w:rsidRPr="0033200E" w:rsidSect="00B92EA5">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56C9CA32" w14:textId="77777777" w:rsidR="00F15D71" w:rsidRDefault="00F15D71" w:rsidP="00B92EA5">
+    <w:p w14:paraId="163867EB" w14:textId="77777777" w:rsidR="008A2A9F" w:rsidRDefault="008A2A9F" w:rsidP="00B92EA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4AD62CC0" w14:textId="77777777" w:rsidR="00F15D71" w:rsidRDefault="00F15D71" w:rsidP="00B92EA5">
+    <w:p w14:paraId="0893CCC6" w14:textId="77777777" w:rsidR="008A2A9F" w:rsidRDefault="008A2A9F" w:rsidP="00B92EA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
+    <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="463ACA56" w14:textId="7E1E77F5" w:rsidR="00AC4EB1" w:rsidRDefault="00AC4EB1" w:rsidP="00AF7E63">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00714584">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1083A08D" w14:textId="77777777" w:rsidR="00F15D71" w:rsidRDefault="00F15D71" w:rsidP="00B92EA5">
+    <w:p w14:paraId="55CFF706" w14:textId="77777777" w:rsidR="008A2A9F" w:rsidRDefault="008A2A9F" w:rsidP="00B92EA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E8DBDC7" w14:textId="77777777" w:rsidR="00F15D71" w:rsidRDefault="00F15D71" w:rsidP="00B92EA5">
+    <w:p w14:paraId="2EB143A6" w14:textId="77777777" w:rsidR="008A2A9F" w:rsidRDefault="008A2A9F" w:rsidP="00B92EA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="3243A0B7" w14:textId="77777777" w:rsidR="00AC4EB1" w:rsidRDefault="00AC4EB1" w:rsidP="00AF7E63">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -13222,71 +13833,51 @@
           <w:r w:rsidRPr="00855439">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:highlight w:val="cyan"/>
             </w:rPr>
             <w:t>……………………………………….</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="20E9C9BA" w14:textId="3308C09B" w:rsidR="00AC4EB1" w:rsidRPr="00855439" w:rsidRDefault="00AC4EB1" w:rsidP="00855439">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:i/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00855439">
             <w:rPr>
               <w:i/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:highlight w:val="green"/>
             </w:rPr>
-            <w:t xml:space="preserve">(pontos megnevezés, mely azonos a </w:t>
-[...19 lines deleted...]
-            <w:t xml:space="preserve"> feltüntetett megnevezéssel)</w:t>
+            <w:t>(pontos megnevezés, mely azonos a fedlapon feltüntetett megnevezéssel)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="11410DCE" w14:textId="467E2865" w:rsidR="00AC4EB1" w:rsidRPr="00855439" w:rsidRDefault="00AC4EB1" w:rsidP="003155B5">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="hu-HU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="053E4E06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE56F13A"/>
     <w:lvl w:ilvl="0" w:tplc="040E0001">
@@ -14450,149 +15041,179 @@
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00976CDB"/>
     <w:rsid w:val="00003974"/>
     <w:rsid w:val="00003B96"/>
     <w:rsid w:val="00025A12"/>
     <w:rsid w:val="00025DC1"/>
     <w:rsid w:val="00032825"/>
     <w:rsid w:val="00067660"/>
+    <w:rsid w:val="000856D4"/>
     <w:rsid w:val="00095945"/>
     <w:rsid w:val="000A2B73"/>
+    <w:rsid w:val="000A7E99"/>
+    <w:rsid w:val="000C4014"/>
     <w:rsid w:val="00133F76"/>
     <w:rsid w:val="0013694A"/>
+    <w:rsid w:val="00191059"/>
+    <w:rsid w:val="001949A1"/>
     <w:rsid w:val="001B4FFD"/>
     <w:rsid w:val="001D4611"/>
     <w:rsid w:val="001D5A7C"/>
     <w:rsid w:val="001F23DA"/>
     <w:rsid w:val="001F33A3"/>
     <w:rsid w:val="002562D2"/>
+    <w:rsid w:val="00276C1F"/>
     <w:rsid w:val="00297172"/>
     <w:rsid w:val="002A7040"/>
+    <w:rsid w:val="002C2C62"/>
     <w:rsid w:val="002D5453"/>
     <w:rsid w:val="00307FB5"/>
     <w:rsid w:val="003155B5"/>
     <w:rsid w:val="00331414"/>
     <w:rsid w:val="0033200E"/>
     <w:rsid w:val="003721F6"/>
     <w:rsid w:val="003874B9"/>
+    <w:rsid w:val="003C37E0"/>
     <w:rsid w:val="003E0E7F"/>
     <w:rsid w:val="003F5602"/>
     <w:rsid w:val="00400175"/>
     <w:rsid w:val="00404345"/>
     <w:rsid w:val="00415D17"/>
     <w:rsid w:val="0043272F"/>
     <w:rsid w:val="004337C5"/>
     <w:rsid w:val="00453BC6"/>
     <w:rsid w:val="00461A05"/>
     <w:rsid w:val="00473C23"/>
+    <w:rsid w:val="004D19CC"/>
     <w:rsid w:val="004F7C9A"/>
     <w:rsid w:val="00520B89"/>
     <w:rsid w:val="00576BC0"/>
+    <w:rsid w:val="00596162"/>
     <w:rsid w:val="005A3BAC"/>
-    <w:rsid w:val="005B4B8F"/>
+    <w:rsid w:val="005B665A"/>
     <w:rsid w:val="00614043"/>
     <w:rsid w:val="0066205D"/>
+    <w:rsid w:val="00694A59"/>
+    <w:rsid w:val="006E21FC"/>
     <w:rsid w:val="006E2C65"/>
     <w:rsid w:val="006F02BE"/>
+    <w:rsid w:val="00700461"/>
     <w:rsid w:val="007008F5"/>
     <w:rsid w:val="00714584"/>
     <w:rsid w:val="007369EE"/>
     <w:rsid w:val="00757130"/>
     <w:rsid w:val="00773DEF"/>
     <w:rsid w:val="00775FA4"/>
     <w:rsid w:val="007B3740"/>
     <w:rsid w:val="007C4B6B"/>
+    <w:rsid w:val="007D7B09"/>
     <w:rsid w:val="007F7FD1"/>
     <w:rsid w:val="00814B11"/>
     <w:rsid w:val="0083583F"/>
     <w:rsid w:val="00836A6D"/>
     <w:rsid w:val="00855439"/>
+    <w:rsid w:val="008819C4"/>
+    <w:rsid w:val="008A2A9F"/>
+    <w:rsid w:val="008D6AD5"/>
     <w:rsid w:val="008E42AF"/>
     <w:rsid w:val="008F2C51"/>
+    <w:rsid w:val="008F607A"/>
     <w:rsid w:val="008F6F1E"/>
     <w:rsid w:val="00925790"/>
     <w:rsid w:val="00937936"/>
     <w:rsid w:val="00946B14"/>
     <w:rsid w:val="00950BCE"/>
     <w:rsid w:val="0097266C"/>
     <w:rsid w:val="00976CDB"/>
     <w:rsid w:val="009B5554"/>
     <w:rsid w:val="009D6833"/>
     <w:rsid w:val="00A20957"/>
     <w:rsid w:val="00A526B3"/>
+    <w:rsid w:val="00A62493"/>
+    <w:rsid w:val="00A72560"/>
     <w:rsid w:val="00A77C35"/>
     <w:rsid w:val="00A833C4"/>
+    <w:rsid w:val="00AA7409"/>
     <w:rsid w:val="00AC4EB1"/>
     <w:rsid w:val="00AF7E63"/>
     <w:rsid w:val="00B02F69"/>
     <w:rsid w:val="00B2447E"/>
     <w:rsid w:val="00B26866"/>
     <w:rsid w:val="00B74FF7"/>
     <w:rsid w:val="00B92EA5"/>
     <w:rsid w:val="00BD76BB"/>
     <w:rsid w:val="00BE0537"/>
     <w:rsid w:val="00BF4980"/>
     <w:rsid w:val="00C21901"/>
+    <w:rsid w:val="00C3238A"/>
     <w:rsid w:val="00C3446F"/>
     <w:rsid w:val="00C4664A"/>
+    <w:rsid w:val="00C91A76"/>
     <w:rsid w:val="00C939D5"/>
     <w:rsid w:val="00CA282D"/>
+    <w:rsid w:val="00CB163E"/>
     <w:rsid w:val="00D0384F"/>
+    <w:rsid w:val="00D61118"/>
     <w:rsid w:val="00DC044C"/>
+    <w:rsid w:val="00DC3333"/>
     <w:rsid w:val="00DD11CF"/>
+    <w:rsid w:val="00DE1291"/>
+    <w:rsid w:val="00E51C48"/>
     <w:rsid w:val="00E5512E"/>
     <w:rsid w:val="00E63B2F"/>
     <w:rsid w:val="00E666CC"/>
     <w:rsid w:val="00E7538E"/>
     <w:rsid w:val="00E8776B"/>
     <w:rsid w:val="00EB5CC9"/>
     <w:rsid w:val="00EC4769"/>
     <w:rsid w:val="00ED0BA0"/>
     <w:rsid w:val="00EF5CC2"/>
     <w:rsid w:val="00F15D71"/>
     <w:rsid w:val="00F2717E"/>
     <w:rsid w:val="00F60DFE"/>
     <w:rsid w:val="00F833AA"/>
     <w:rsid w:val="00FA09AE"/>
+    <w:rsid w:val="00FB5750"/>
     <w:rsid w:val="00FC18F2"/>
+    <w:rsid w:val="00FC2524"/>
     <w:rsid w:val="00FF4384"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -15781,71 +16402,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>15734</Characters>
+  <Pages>12</Pages>
+  <Words>2360</Words>
+  <Characters>16286</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>35</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>135</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>KTI Közlekedéstudományi Intézet Nonprofit Kft.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17979</CharactersWithSpaces>
+  <CharactersWithSpaces>18609</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Harmatiné Ágnes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>